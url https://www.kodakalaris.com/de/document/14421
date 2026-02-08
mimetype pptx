--- v0 (2025-10-28)
+++ v1 (2026-02-08)
@@ -45,50 +45,51 @@
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme5.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme6.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme7.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme8.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147484045" r:id="rId4"/>
     <p:sldMasterId id="2147483875" r:id="rId5"/>
     <p:sldMasterId id="2147483905" r:id="rId6"/>
     <p:sldMasterId id="2147483935" r:id="rId7"/>
     <p:sldMasterId id="2147483965" r:id="rId8"/>
     <p:sldMasterId id="2147483995" r:id="rId9"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
     <p:notesMasterId r:id="rId20"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
     <p:handoutMasterId r:id="rId21"/>
@@ -300,140 +301,271 @@
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="D09A12"/>
     <a:srgbClr val="EFAE57"/>
     <a:srgbClr val="EAAD14"/>
     <a:srgbClr val="FFFFCC"/>
     <a:srgbClr val="FFFF99"/>
     <a:srgbClr val="F2F2F2"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
+<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
+  <p1510:revLst>
+    <p1510:client id="{EC778D90-2F1A-8AC3-B85D-C4D60DA04FA7}" v="4" dt="2025-12-22T09:07:33.062"/>
+  </p1510:revLst>
+</p1510:revInfo>
+</file>
+
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
 <a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr>
     <p:restoredLeft sz="14949" autoAdjust="0"/>
     <p:restoredTop sz="92378" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1" showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="136" d="100"/>
-          <a:sy n="136" d="100"/>
+          <a:sx n="82" d="100"/>
+          <a:sy n="82" d="100"/>
         </p:scale>
-        <p:origin x="852" y="96"/>
+        <p:origin x="108" y="174"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="195"/>
         <p:guide orient="horz" pos="718"/>
         <p:guide orient="horz" pos="830"/>
         <p:guide orient="horz" pos="2917"/>
         <p:guide orient="horz" pos="1819"/>
         <p:guide orient="horz" pos="1928"/>
         <p:guide pos="5534"/>
         <p:guide pos="226"/>
         <p:guide pos="2824"/>
         <p:guide pos="2937"/>
         <p:guide pos="1472"/>
         <p:guide pos="1582"/>
         <p:guide pos="4180"/>
         <p:guide pos="4291"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="100" d="100"/>
         <a:sy n="100" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId26" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster5.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId26" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster4.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster3.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster6.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId27" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/></Relationships>
 </file>
 
 <file path=ppt/changesInfos/changesInfo1.xml><?xml version="1.0" encoding="utf-8"?>
 <pc:chgInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:ac="http://schemas.microsoft.com/office/drawing/2013/main/command" xmlns:pc="http://schemas.microsoft.com/office/powerpoint/2013/main/command">
   <pc:docChgLst>
-    <pc:chgData name="Kenneth Button" userId="5c5b49e8-a510-4a87-b7cb-eb7c14836ca2" providerId="ADAL" clId="{7302051B-A954-448A-BB79-280DF597CB8B}"/>
+    <pc:chgData name="Kenneth Button" userId="2670f9198ed69daa" providerId="LiveId" clId="{FFBDE3E3-3793-49FC-B777-74CC1BEBDEE0}"/>
     <pc:docChg chg="undo custSel modSld">
-      <pc:chgData name="Kenneth Button" userId="5c5b49e8-a510-4a87-b7cb-eb7c14836ca2" providerId="ADAL" clId="{7302051B-A954-448A-BB79-280DF597CB8B}" dt="2025-10-09T16:06:22.297" v="413" actId="20577"/>
+      <pc:chgData name="Kenneth Button" userId="2670f9198ed69daa" providerId="LiveId" clId="{FFBDE3E3-3793-49FC-B777-74CC1BEBDEE0}" dt="2025-12-10T19:11:26.786" v="1423" actId="20577"/>
       <pc:docMkLst>
         <pc:docMk/>
       </pc:docMkLst>
       <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Kenneth Button" userId="5c5b49e8-a510-4a87-b7cb-eb7c14836ca2" providerId="ADAL" clId="{7302051B-A954-448A-BB79-280DF597CB8B}" dt="2025-10-09T16:03:15.884" v="118" actId="20577"/>
+        <pc:chgData name="Kenneth Button" userId="2670f9198ed69daa" providerId="LiveId" clId="{FFBDE3E3-3793-49FC-B777-74CC1BEBDEE0}" dt="2025-12-10T19:11:01.425" v="1419" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="4036915149" sldId="285"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Kenneth Button" userId="2670f9198ed69daa" providerId="LiveId" clId="{FFBDE3E3-3793-49FC-B777-74CC1BEBDEE0}" dt="2025-12-10T19:11:01.425" v="1419" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="4036915149" sldId="285"/>
+            <ac:spMk id="2" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Kenneth Button" userId="2670f9198ed69daa" providerId="LiveId" clId="{FFBDE3E3-3793-49FC-B777-74CC1BEBDEE0}" dt="2025-12-10T19:06:35.338" v="1372" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3191877962" sldId="384"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Kenneth Button" userId="2670f9198ed69daa" providerId="LiveId" clId="{FFBDE3E3-3793-49FC-B777-74CC1BEBDEE0}" dt="2025-12-10T18:51:36.722" v="26" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3191877962" sldId="384"/>
+            <ac:spMk id="2" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Kenneth Button" userId="2670f9198ed69daa" providerId="LiveId" clId="{FFBDE3E3-3793-49FC-B777-74CC1BEBDEE0}" dt="2025-12-10T19:06:35.338" v="1372" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3191877962" sldId="384"/>
+            <ac:spMk id="4" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Kenneth Button" userId="2670f9198ed69daa" providerId="LiveId" clId="{FFBDE3E3-3793-49FC-B777-74CC1BEBDEE0}" dt="2025-12-10T19:10:44.019" v="1417" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="720786173" sldId="399"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Kenneth Button" userId="2670f9198ed69daa" providerId="LiveId" clId="{FFBDE3E3-3793-49FC-B777-74CC1BEBDEE0}" dt="2025-12-10T19:10:30.121" v="1413" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="720786173" sldId="399"/>
+            <ac:spMk id="2" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Kenneth Button" userId="2670f9198ed69daa" providerId="LiveId" clId="{FFBDE3E3-3793-49FC-B777-74CC1BEBDEE0}" dt="2025-12-10T19:10:44.019" v="1417" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="720786173" sldId="399"/>
+            <ac:spMk id="4" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Kenneth Button" userId="2670f9198ed69daa" providerId="LiveId" clId="{FFBDE3E3-3793-49FC-B777-74CC1BEBDEE0}" dt="2025-12-10T19:11:26.786" v="1423" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2181351059" sldId="459"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Kenneth Button" userId="2670f9198ed69daa" providerId="LiveId" clId="{FFBDE3E3-3793-49FC-B777-74CC1BEBDEE0}" dt="2025-12-10T19:11:17.893" v="1421" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2181351059" sldId="459"/>
+            <ac:spMk id="2" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Kenneth Button" userId="2670f9198ed69daa" providerId="LiveId" clId="{FFBDE3E3-3793-49FC-B777-74CC1BEBDEE0}" dt="2025-12-10T19:11:26.786" v="1423" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2181351059" sldId="459"/>
+            <ac:spMk id="4" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Kenneth Button" userId="2670f9198ed69daa" providerId="LiveId" clId="{FFBDE3E3-3793-49FC-B777-74CC1BEBDEE0}" dt="2025-12-10T19:08:25.894" v="1403" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="2329174200" sldId="461"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Kenneth Button" userId="2670f9198ed69daa" providerId="LiveId" clId="{FFBDE3E3-3793-49FC-B777-74CC1BEBDEE0}" dt="2025-12-10T19:08:25.894" v="1403" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="2329174200" sldId="461"/>
+            <ac:spMk id="4" creationId="{00000000-0000-0000-0000-000000000000}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+      <pc:sldChg chg="modSp mod">
+        <pc:chgData name="Kenneth Button" userId="2670f9198ed69daa" providerId="LiveId" clId="{FFBDE3E3-3793-49FC-B777-74CC1BEBDEE0}" dt="2025-12-10T19:09:47.794" v="1408" actId="33524"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="1367581724" sldId="463"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Kenneth Button" userId="5c5b49e8-a510-4a87-b7cb-eb7c14836ca2" providerId="ADAL" clId="{7302051B-A954-448A-BB79-280DF597CB8B}" dt="2025-10-09T16:03:15.884" v="118" actId="20577"/>
+          <ac:chgData name="Kenneth Button" userId="2670f9198ed69daa" providerId="LiveId" clId="{FFBDE3E3-3793-49FC-B777-74CC1BEBDEE0}" dt="2025-12-10T19:09:47.794" v="1408" actId="33524"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="1367581724" sldId="463"/>
             <ac:spMk id="3" creationId="{995CC658-0AF6-2E56-8608-C337544FE0F8}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
       <pc:sldChg chg="modSp mod">
-        <pc:chgData name="Kenneth Button" userId="5c5b49e8-a510-4a87-b7cb-eb7c14836ca2" providerId="ADAL" clId="{7302051B-A954-448A-BB79-280DF597CB8B}" dt="2025-10-09T16:06:22.297" v="413" actId="20577"/>
+        <pc:chgData name="Kenneth Button" userId="2670f9198ed69daa" providerId="LiveId" clId="{FFBDE3E3-3793-49FC-B777-74CC1BEBDEE0}" dt="2025-12-10T18:50:24.146" v="24" actId="20577"/>
         <pc:sldMkLst>
           <pc:docMk/>
           <pc:sldMk cId="3401456342" sldId="464"/>
         </pc:sldMkLst>
         <pc:spChg chg="mod">
-          <ac:chgData name="Kenneth Button" userId="5c5b49e8-a510-4a87-b7cb-eb7c14836ca2" providerId="ADAL" clId="{7302051B-A954-448A-BB79-280DF597CB8B}" dt="2025-10-09T16:06:22.297" v="413" actId="20577"/>
+          <ac:chgData name="Kenneth Button" userId="2670f9198ed69daa" providerId="LiveId" clId="{FFBDE3E3-3793-49FC-B777-74CC1BEBDEE0}" dt="2025-12-10T18:50:24.146" v="24" actId="20577"/>
           <ac:spMkLst>
             <pc:docMk/>
             <pc:sldMk cId="3401456342" sldId="464"/>
             <ac:spMk id="3" creationId="{150A723C-4368-D801-C336-AAA3B17B25BF}"/>
+          </ac:spMkLst>
+        </pc:spChg>
+      </pc:sldChg>
+    </pc:docChg>
+  </pc:docChgLst>
+  <pc:docChgLst>
+    <pc:chgData name="Mildred Johannis" userId="S::86011385@kodakalaris.com::a7a5c1ba-183a-4fd3-a104-5f9fffb7db09" providerId="AD" clId="Web-{EC778D90-2F1A-8AC3-B85D-C4D60DA04FA7}"/>
+    <pc:docChg chg="modSld">
+      <pc:chgData name="Mildred Johannis" userId="S::86011385@kodakalaris.com::a7a5c1ba-183a-4fd3-a104-5f9fffb7db09" providerId="AD" clId="Web-{EC778D90-2F1A-8AC3-B85D-C4D60DA04FA7}" dt="2025-12-22T09:07:33.062" v="1" actId="20577"/>
+      <pc:docMkLst>
+        <pc:docMk/>
+      </pc:docMkLst>
+      <pc:sldChg chg="modSp">
+        <pc:chgData name="Mildred Johannis" userId="S::86011385@kodakalaris.com::a7a5c1ba-183a-4fd3-a104-5f9fffb7db09" providerId="AD" clId="Web-{EC778D90-2F1A-8AC3-B85D-C4D60DA04FA7}" dt="2025-12-22T09:07:33.062" v="1" actId="20577"/>
+        <pc:sldMkLst>
+          <pc:docMk/>
+          <pc:sldMk cId="3542972146" sldId="428"/>
+        </pc:sldMkLst>
+        <pc:spChg chg="mod">
+          <ac:chgData name="Mildred Johannis" userId="S::86011385@kodakalaris.com::a7a5c1ba-183a-4fd3-a104-5f9fffb7db09" providerId="AD" clId="Web-{EC778D90-2F1A-8AC3-B85D-C4D60DA04FA7}" dt="2025-12-22T09:07:33.062" v="1" actId="20577"/>
+          <ac:spMkLst>
+            <pc:docMk/>
+            <pc:sldMk cId="3542972146" sldId="428"/>
+            <ac:spMk id="4" creationId="{00000000-0000-0000-0000-000000000000}"/>
           </ac:spMkLst>
         </pc:spChg>
       </pc:sldChg>
     </pc:docChg>
   </pc:docChgLst>
 </pc:chgInfo>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme8.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
@@ -496,51 +628,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{A9E04279-8E6F-41C1-8B2B-09BEE9188A28}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/9/2025</a:t>
+              <a:t>12/22/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Footer Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4DFB9707-45DB-447B-A02B-1CF2021FD7ED}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="0" y="8685213"/>
             <a:ext cx="2971800" cy="458787"/>
@@ -678,51 +810,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{953D62F4-E436-4393-8C0B-BFF308328EE4}" type="datetimeFigureOut">
               <a:rPr lang="en-GB" smtClean="0"/>
-              <a:t>09/10/2025</a:t>
+              <a:t>22/12/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="381000" y="685800"/>
             <a:ext cx="6096000" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -13647,51 +13779,51 @@
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Capture Pro Software and Capture Pro Limited Edition</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Version 7.0.1</a:t>
+              <a:t>Version 7.0.2</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:br>
               <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
             </a:br>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Release Notes</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2" descr="A black background with red text&#10;&#10;Description automatically generated with low confidence">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4078E89E-2E6D-CA3D-1973-A985FD89A837}"/>
               </a:ext>
@@ -13750,51 +13882,51 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="342900" y="288925"/>
             <a:ext cx="7391400" cy="457200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Upgrading to Version 7.0.0  </a:t>
+              <a:t>Upgrading to Version 7.0.2  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(continued)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0">
               <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="344837" y="845185"/>
             <a:ext cx="8364824" cy="2554545"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -13858,51 +13990,79 @@
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>A:	Yes. Subscription customers are entitled to new releases that come out during their Subscription timeframe.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="1" indent="-228600">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Prior to upgrading to Version 7.0, the Subscription customer should</a:t>
+              <a:t>Prior to upgrading to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Version 7.0.2, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>the Subscription customer should</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1143000" lvl="2" indent="-228600">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Download and install the new License Manager program from the Capture Pro Software website:   </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
@@ -14295,97 +14455,122 @@
             <a:r>
               <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Table of Contents</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="289404" y="914097"/>
             <a:ext cx="7764936" cy="1392689"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square">
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="742950" lvl="1" indent="-285750">
               <a:spcAft>
                 <a:spcPts val="450"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Installation/Upgrade</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="742950" lvl="1" indent="-285750">
               <a:spcAft>
                 <a:spcPts val="450"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" dirty="0">
-                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              <a:rPr lang="en-US" err="1">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>Changes/Problems Fixed in 7.0.1</a:t>
-            </a:r>
+              <a:t>Changes</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>/Problems Fixed in 7.0.2</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="742950" lvl="1" indent="-285750">
               <a:spcAft>
                 <a:spcPts val="450"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1">
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>Application</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" dirty="0">
-                <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
+                <a:latin typeface="Calibri"/>
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
               </a:rPr>
-              <a:t>Application Architecture</a:t>
+              <a:t> Architecture</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="742950" lvl="1" indent="-285750">
               <a:spcAft>
                 <a:spcPts val="450"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Appendix</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="6" name="Group 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7700A5A-1480-5D48-E126-FAB36ECC5B34}"/>
@@ -14551,251 +14736,251 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="143839" y="719191"/>
             <a:ext cx="8548098" cy="3883631"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>New Installations of Capture Pro 7.0.1</a:t>
+              <a:t>New Installations of Capture Pro 7.0.2</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="1" indent="-228600">
               <a:spcBef>
                 <a:spcPct val="50000"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="666666"/>
               </a:buClr>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" kern="0" dirty="0">
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>Upgrading Stand-Alone Installations</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1090613" lvl="3" indent="-173831">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" kern="0" dirty="0">
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>Confirm your system is running a supported 64-bit operating system</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1090613" lvl="3" indent="-173831">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" kern="0" dirty="0">
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t>The Capture Pro Software Serial Number must be entitled to the 7.0.1 release</a:t>
+              <a:t>The Capture Pro Software Serial Number must be entitled to the 7.0.2 release</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1341835" lvl="4" indent="-173831">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" kern="0" dirty="0">
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t>The Entitlement Date (or Software Assurance Expiration Date) must be July 1, 2025 or later</a:t>
+              <a:t>The Entitlement Date (or Software Assurance Expiration Date) must be July 1, 2025, or later</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1088231" lvl="2" indent="-173831" eaLnBrk="0" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="50000"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="666666"/>
               </a:buClr>
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" kern="0" dirty="0">
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t>To upgrade, download the installer (CapProSW_7_0_1.exe) file from </a:t>
+              <a:t>To upgrade, download the installer (CapProSW_7_0_2.exe) file from </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" kern="0" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:hlinkClick r:id="rId2">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>www.kodakalaris.com/go/captureprodownload</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" kern="0" dirty="0">
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t> and run it.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1384697" lvl="3" indent="-173831" eaLnBrk="0" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" kern="0" dirty="0">
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t>The installer will automatically upgrade an existing Capture Pro install to Version 7.0.1</a:t>
+              <a:t>The installer will automatically upgrade an existing Capture Pro install to Version 7.0.2</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1200" dirty="0">
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Upgrading from  Capture Pro v6.2 </a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1400" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="1" indent="-228600" eaLnBrk="0" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="50000"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="666666"/>
               </a:buClr>
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>To upgrade, download the installer (CapProSW_7_0_1.exe) file from </a:t>
+              <a:t>To upgrade, download the installer (CapProSW_7_0_2.exe) file from </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:hlinkClick r:id="rId2">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>www.kodakalaris.com/go/captureprodownload</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> and run it.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="927497" lvl="2" indent="-173831" eaLnBrk="0" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>The installer will automatically upgrade an existing Capture Pro install to Version 7.0.1</a:t>
+              <a:t>The installer will automatically upgrade an existing Capture Pro install to Version 7.0.2</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="927497" lvl="2" indent="-173831" eaLnBrk="0" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>When upgrading from Version 6.2 or earlier, an Internet connection is required during the upgrade as the KODAK Alaris licensing system will generate a new 7.0 license</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1496616" lvl="3" indent="-285750" eaLnBrk="0" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Courier New" panose="02070309020205020404" pitchFamily="49" charset="0"/>
@@ -14922,108 +15107,108 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="143839" y="719191"/>
             <a:ext cx="8548098" cy="3883631"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Upgrading from Capture Pro v7.0</a:t>
+              <a:t>Upgrading from Capture Pro v7.0/v7.0.1</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="1" indent="-228600">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200" b="1" kern="0" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="1" indent="-228600">
               <a:buFont typeface="+mj-lt"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" kern="0" dirty="0">
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t>To upgrade, download the installer (CapProSW_7_0_1.exe) file from </a:t>
+              <a:t>To upgrade, download the installer (CapProSW_7_0_2.exe) file from </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" kern="0" dirty="0">
                 <a:latin typeface="Calibri"/>
                 <a:hlinkClick r:id="rId2">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
               <a:t>www.kodakalaris.com/go/captureprodownload</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1200" kern="0" dirty="0">
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t> and run it.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1384697" lvl="3" indent="-173831" eaLnBrk="0" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200" kern="0" dirty="0">
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t>The installer will automatically upgrade an existing Capture Pro install to Version 7.0.1</a:t>
+              <a:t>The installer will automatically upgrade an existing Capture Pro install to Version 7.0.2</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="13097" indent="-173831" eaLnBrk="0" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1200" kern="0" dirty="0">
               <a:latin typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
@@ -15089,496 +15274,486 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="342900" y="288925"/>
             <a:ext cx="6400800" cy="457200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Changes/Problems Fixed in 7.0.1</a:t>
+              <a:t>Changes/Problems Fixed in 7.0.2</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="276256" y="746125"/>
-            <a:ext cx="8524844" cy="3893374"/>
+            <a:ext cx="8524844" cy="4062651"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marR="0" lvl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>The following list contains fixes for reported issues;</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Cannot change or set the password for the Sysadmin user</a:t>
+              <a:t>Index file only output</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Filtering setting is not retained in Bar Code Setup</a:t>
+              <a:t>Limiting page setups for a job</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>There is no way to disable the Scanner Adjustments tool bar in Capture Pro LE</a:t>
+              <a:t>Batch Index not being saved when document separator sheet is deleted.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Last value is not assigned to new document, if document separator sheet is deleted.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Thai language is missing from OCR language list.</a:t>
+              <a:t>Last Value Indexing when initial value is key data entered</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>When OCR zone has a rule for value to keep, the index field is not populated during scanning</a:t>
+              <a:t>Page Sequence and Document Separation improvements when scanning with i5x50 and s5000.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>User is not being put into Indexing mode when navigating to documents with Indexing errors</a:t>
+              <a:t>Thumbnail loading performance improvements</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>When scanning one side of a document using Capture Pro LE, the document scanned is double sided.</a:t>
+              <a:t>Crash after user gets put in Indexing mode during scanning to correct extracted index data.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Blank image scrolling does not support </a:t>
-[...31 lines deleted...]
-              <a:t>.</a:t>
+              <a:t>OCR language setting changes to English if Job setup reconfigured</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Quick launch tiles reset Capture Pro view to “Enhanced”</a:t>
+              <a:t>Defined Enter key behavior setting is not retained at the user and job level.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Quick launch tile language corrections.</a:t>
+              <a:t>Toolbar Icon text setting is not retained between launch sessions</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Improved image quality when enlarged with zoom in image viewer.</a:t>
+              <a:t>NE Dashboard shows all users as “sysadmin’</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>MICR OCR Fonts are not available when creating an OCR Zone.</a:t>
+              <a:t>Support for embedded ICC profile option</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Cannot add Document Filename to Document Index File</a:t>
+              <a:t>Cannot draw bar code, OCR, OMR zones on the right side of smaller images in job setup</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>UI formatting issues</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Intermittent issues with process shutdown on application exit.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
+              <a:buChar char=""/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1100" dirty="0">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Software doesn’t default back to Quick Start View</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marR="0" lvl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1100" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marR="0" lvl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Changes in Capture Pro Software 7.0.1</a:t>
+              <a:t>Changes in Capture Pro Software 7.0.2</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="339725" marR="0" lvl="0" indent="-339725">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
+              <a:rPr lang="en-US" sz="1100" dirty="0" err="1">
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+              </a:rPr>
+              <a:t>Sharepoint</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>Improvements to the Select Filtered option in the Image viewer.</a:t>
-[...59 lines deleted...]
-              <a:t>General performance improvements</a:t>
+              <a:t> Index Setup Wizard add to Capture Pro LE</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" marR="0" lvl="0" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buFont typeface="Symbol" panose="05050102010706020507" pitchFamily="18" charset="2"/>
               <a:buChar char=""/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="1100" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:endParaRPr lang="en-US" sz="1600" b="1" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
@@ -15846,51 +16021,51 @@
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="742950" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>10 GB of free space (more if scanning higher volumes)  </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="742950" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
-              <a:t>SSD Drives</a:t>
+              <a:t>SSD Drives </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
               <a:t>Database Lookup and Output via ODBC</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="742950" indent="-285750">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1100" dirty="0">
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               </a:rPr>
@@ -16260,51 +16435,51 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="317500"/>
             <a:ext cx="6400800" cy="457200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Upgrading to Version 7.0.0 </a:t>
+              <a:t>Upgrading to Version 7.0.2</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="495300" y="838091"/>
             <a:ext cx="8345060" cy="4305409"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
@@ -16355,51 +16530,51 @@
             <a:r>
               <a:rPr lang="en-US" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="808080"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>The customer’s </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>Capture Pro Software Serial Number </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="808080"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t>must be entitled to the 7.0.1 release</a:t>
+              <a:t>must be entitled to the 7.0.2 release</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="427435" lvl="2" indent="-173831">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>The Entitlement Date (or Software Assurance Expiration Date) must be </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="002060"/>
                 </a:solidFill>
@@ -16414,51 +16589,51 @@
                 <a:spcPct val="50000"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="666666"/>
               </a:buClr>
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="808080"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>To upgrade, download the installer </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="00B050"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t>(CapProSW_7_0_1.exe) </a:t>
+              <a:t>(CapProSW_7_0_2.exe) </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="808080"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>file from </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0000FF"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
                 <a:hlinkClick r:id="rId2"/>
               </a:rPr>
               <a:t>www.kodakalaris.com/go/captureprodownload</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="0000FF"/>
                 </a:solidFill>
@@ -16470,51 +16645,51 @@
               <a:rPr lang="en-US" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="808080"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>and run it.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="470297" lvl="1" indent="-173831" eaLnBrk="0" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
-              <a:t>The installer will automatically upgrade an existing Capture Pro install to Version 7.0.0</a:t>
+              <a:t>The installer will automatically upgrade an existing Capture Pro install to Version 7.0.2</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="470297" lvl="1" indent="-173831" eaLnBrk="0" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buFont typeface="Wingdings" pitchFamily="2" charset="2"/>
               <a:buChar char="§"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1600" b="1" kern="0" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="C00000"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri"/>
               </a:rPr>
               <a:t>When upgrading from Version 6.2 or earlier, an Internet connection is required during the upgrade as the KODAK Alaris licensing system will generate a new 7.0 license</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="1039416" lvl="2" indent="-285750" eaLnBrk="0" hangingPunct="0">
               <a:spcBef>
                 <a:spcPct val="20000"/>
@@ -16668,51 +16843,51 @@
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="503093" y="446256"/>
             <a:ext cx="6400800" cy="457200"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Upgrading to Version 7.0.0  </a:t>
+              <a:t>Upgrading to Version 7.0.2  </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
                 <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>(continued)</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="2400" b="1" dirty="0">
               <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="606094" y="1000076"/>
             <a:ext cx="7487152" cy="3532890"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
@@ -19235,72 +19410,63 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="3ddc8ac6-bae0-4427-b69d-588a6aac1235">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="98fae561-4cab-4e37-ab8c-186e1de7076f" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ddc8ac6-bae0-4427-b69d-588a6aac1235" xmlns:ns3="98fae561-4cab-4e37-ab8c-186e1de7076f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="65a0ca7ee48b4d4fc47c86a64bf708df" ns2:_="" ns3:_="">
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A3D572D593218F4A899403C00314907B" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="3a634b6dbd71bfe02f8ab3dc187b3728">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="3ddc8ac6-bae0-4427-b69d-588a6aac1235" xmlns:ns3="98fae561-4cab-4e37-ab8c-186e1de7076f" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d6cab4867195a4b99728bb0970dd7228" ns2:_="" ns3:_="">
     <xsd:import namespace="3ddc8ac6-bae0-4427-b69d-588a6aac1235"/>
     <xsd:import namespace="98fae561-4cab-4e37-ab8c-186e1de7076f"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -19481,136 +19647,134 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{291C3A7E-17A1-4FA7-9367-ECE79036997F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="0c01b59a-57fe-451a-a521-920014fa47eb"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D20D1D8B-5981-4924-BD40-33B18D71709D}"/>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30615596-EEE8-480F-92C2-481F7AAAEA95}"/>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B3755195-4951-4459-B1E4-5861D1C1476E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>KA IM Template (16-9)</Template>
   <TotalTime></TotalTime>
-  <Words>1115</Words>
+  <Words>1105</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (16:9)</PresentationFormat>
-  <Paragraphs>101</Paragraphs>
+  <Paragraphs>102</Paragraphs>
   <Slides>10</Slides>
   <Notes>2</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
-[...5 lines deleted...]
-      </vt:variant>
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>10</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="21" baseType="lpstr">
-[...4 lines deleted...]
-      <vt:lpstr>Wingdings</vt:lpstr>
+    <vt:vector size="16" baseType="lpstr">
       <vt:lpstr>Logo Slides w/ copyright</vt:lpstr>
       <vt:lpstr>Title Slides</vt:lpstr>
       <vt:lpstr>Content Slides</vt:lpstr>
       <vt:lpstr>Statement Slides</vt:lpstr>
       <vt:lpstr>Divider Slides</vt:lpstr>
       <vt:lpstr>Picture Divider Slides</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Table of Contents</vt:lpstr>
       <vt:lpstr>Installation/Upgrade</vt:lpstr>
       <vt:lpstr>Upgrade</vt:lpstr>
-      <vt:lpstr>Changes/Problems Fixed in 7.0.1</vt:lpstr>
+      <vt:lpstr>Changes/Problems Fixed in 7.0.2</vt:lpstr>
       <vt:lpstr>Application Architecture</vt:lpstr>
       <vt:lpstr>Appendix</vt:lpstr>
-      <vt:lpstr>Upgrading to Version 7.0.0 </vt:lpstr>
-[...1 lines deleted...]
-      <vt:lpstr>Upgrading to Version 7.0.0  (continued)</vt:lpstr>
+      <vt:lpstr>Upgrading to Version 7.0.2</vt:lpstr>
+      <vt:lpstr>Upgrading to Version 7.0.2  (continued)</vt:lpstr>
+      <vt:lpstr>Upgrading to Version 7.0.2  (continued)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>Jacqueline N Horn</dc:creator>
   <cp:keywords>Corporate</cp:keywords>
   <dc:description>Built by www.mediasterling.com</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">